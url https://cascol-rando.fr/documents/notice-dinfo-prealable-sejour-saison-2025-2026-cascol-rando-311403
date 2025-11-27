--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,2077 +1,158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="6C7F8DBA" w14:textId="7B9BFABB" w:rsidR="008F4788" w:rsidRPr="00853B30" w:rsidRDefault="00853B30" w:rsidP="002A761F">
-[...1893 lines deleted...]
-    <w:p w14:paraId="41BF4681" w14:textId="0B0EEE18" w:rsidR="008F4788" w:rsidRPr="00853B30" w:rsidRDefault="008F4788" w:rsidP="00853B30">
+    <w:p w14:paraId="59581EED" w14:textId="2E487A62" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426" w:right="411"/>
+        <w:ind w:left="1471" w:right="1288"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00853B30">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>NOTICE D'INFORMATION</w:t>
       </w:r>
-      <w:r w:rsidRPr="00853B30">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4141B775" w14:textId="76E89AFC" w:rsidR="008F4788" w:rsidRDefault="008F4788" w:rsidP="002A761F">
-[...5 lines deleted...]
-        <w:ind w:right="527"/>
+    <w:p w14:paraId="2929C5EA" w14:textId="77777777" w:rsidR="00035D51" w:rsidRDefault="00035D51" w:rsidP="00035D51">
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="006FC0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25A9BDDD" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="170BE3CD" w14:textId="3E2EEC3D" w:rsidR="00035D51" w:rsidRPr="00F94AF2" w:rsidRDefault="00035D51" w:rsidP="00035D51">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5A4D">
         <w:t xml:space="preserve">Oullins le </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>06/01/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE596A2" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="26E7CA07" w14:textId="77777777" w:rsidR="00D0473F" w:rsidRDefault="00D0473F" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:color w:val="006FC0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31D0AC67" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="220A75C2" w14:textId="77777777" w:rsidR="00035D51" w:rsidRPr="00F94AF2" w:rsidRDefault="00035D51" w:rsidP="00035D51">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Séjour de</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8 jours de randonnées en ligne</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D72C675" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="065465D4" w14:textId="77777777" w:rsidR="00035D51" w:rsidRPr="00F94AF2" w:rsidRDefault="00035D51" w:rsidP="00035D51">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F5A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -2125,493 +206,377 @@
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7 </w:t>
       </w:r>
       <w:r w:rsidRPr="001F5A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>nuitées</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27344495" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="6ED31B07" w14:textId="77777777" w:rsidR="00035D51" w:rsidRPr="00F94AF2" w:rsidRDefault="00035D51" w:rsidP="00035D51">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Les Géants des 3 Nations (France – Espagne – Andorre)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B37C5F3" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="33C0D168" w14:textId="77777777" w:rsidR="00035D51" w:rsidRPr="00F94AF2" w:rsidRDefault="00035D51" w:rsidP="00035D51">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5A4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">N° FR </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>016927</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B1A922" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00153A22" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="4B5294B8" w14:textId="77777777" w:rsidR="00D0473F" w:rsidRDefault="00D0473F" w:rsidP="002A761F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="228" w:lineRule="auto"/>
         <w:ind w:left="706" w:right="459" w:firstLine="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BB25D7C" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00153A22" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="0162AAF5" w14:textId="77777777" w:rsidR="00D0473F" w:rsidRDefault="00D0473F" w:rsidP="002A761F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="228" w:lineRule="auto"/>
         <w:ind w:left="706" w:right="459" w:firstLine="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14B9399D" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="07A05D1A" w14:textId="3A203A20" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="228" w:lineRule="auto"/>
         <w:ind w:right="459"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>La sortie est ouverte aux adhérents de l'Association, inscrits à l'activité de randonnée pédestre et</w:t>
       </w:r>
-      <w:r w:rsidRPr="003466FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">titulaires de la licence FFRandonnée </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0473F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>en cours de validité</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avec assurance RC ou plus. Ouverture possible à</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">d'autres licenciés FFRandonnée avec licence </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0473F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">en cours de validité </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>avec assurance RC ou plus, ou d’un titulaire</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidRPr="003466FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="003466FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="16"/>
-          <w:sz w:val="20"/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Pass-Découverte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="17"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="003466FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="15"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>dont</w:t>
       </w:r>
-      <w:r w:rsidRPr="003466FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="7"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="003466FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="15"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>validité</w:t>
       </w:r>
-      <w:r w:rsidRPr="003466FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="12"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>couvre</w:t>
       </w:r>
-      <w:r w:rsidRPr="003466FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="12"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="003466FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="15"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>totalité</w:t>
       </w:r>
-      <w:r w:rsidRPr="003466FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="12"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidRPr="003466FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>séjour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E3EE2A" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="2E206AD7" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00BB7203" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12A36092" w14:textId="77777777" w:rsidR="00D0473F" w:rsidRDefault="00D0473F" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="228" w:lineRule="auto"/>
         <w:ind w:right="967"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63348896" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="7B0CE8CA" w14:textId="77777777" w:rsidR="000867A9" w:rsidRPr="003466FF" w:rsidRDefault="000867A9" w:rsidP="000867A9">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="228" w:lineRule="auto"/>
         <w:ind w:right="967"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-52"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2755,51 +720,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>au</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="36"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>maximum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7168DFB2" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="394B76BC" w14:textId="77777777" w:rsidR="000867A9" w:rsidRPr="00F94AF2" w:rsidRDefault="000867A9" w:rsidP="000867A9">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="228" w:lineRule="auto"/>
         <w:ind w:right="967"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dates</w:t>
       </w:r>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2814,51 +779,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>du mercredi 30 juillet 2025 au mercredi 06 août 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5A9D82" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="1F16CCC3" w14:textId="77777777" w:rsidR="000867A9" w:rsidRPr="003466FF" w:rsidRDefault="000867A9" w:rsidP="000867A9">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Déplacements</w:t>
       </w:r>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="45"/>
           <w:sz w:val="20"/>
@@ -2928,92 +893,92 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>avec</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="49"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>covoiturage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32596928" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="48BA0CBC" w14:textId="77777777" w:rsidR="000867A9" w:rsidRPr="00F94AF2" w:rsidRDefault="000867A9" w:rsidP="000867A9">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lieu début et fin de séjour :</w:t>
       </w:r>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="44"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Oullins</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B23F0B6" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="24877578" w14:textId="77777777" w:rsidR="000867A9" w:rsidRPr="00F94AF2" w:rsidRDefault="000867A9" w:rsidP="000867A9">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3021,247 +986,250 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Départ mercredi 30 juillet 2025, le matin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CD62D0B" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="7BB24904" w14:textId="77777777" w:rsidR="000867A9" w:rsidRPr="00F94AF2" w:rsidRDefault="000867A9" w:rsidP="000867A9">
       <w:pPr>
         <w:ind w:left="2124" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Retour mercredi 06 août 2025 en soirée</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F8AB7F1" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="574CCD56" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00BB7203" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:line="242" w:lineRule="exact"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67BF7430" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="7AE84570" w14:textId="77777777" w:rsidR="00D0473F" w:rsidRDefault="00D0473F" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E456EDE" w14:textId="20BC8287" w:rsidR="00D0473F" w:rsidRPr="00D0473F" w:rsidRDefault="00127F81" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
         </w:rPr>
         <w:t>PROGRAMME</w:t>
       </w:r>
-      <w:r w:rsidRPr="003466FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="14"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D934E6" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="6B1B350D" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- Randonnées pédestres en ligne sans portage (on porte son sac à dos)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45CF1EC4" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="0DCF1DE6" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- Les Géants des 3 Nations en 8 jours / 7 nuits (2 jours de trajet et 6 jours de randonnée)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DC1C6C" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="5DBAC2DD" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="583B1F31" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="60D28EF8" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>J1 : Covoiturage : Oullins – Gîte d’étape de Marc (09220 Auzat)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F289156" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="08C3B583" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>560 km – environ 5h30’</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="025C77B9" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="571707E7" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">J2 : Gîte d’étape de Marc – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3296,143 +1264,143 @@
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">8 Km / </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk185797903"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk185797903"/>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1240 m / </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>30 m</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3069A1D7" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="2997144B" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>France</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F728056" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="23F23FE3" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">J3 : Refuge du Pinet – Refuge de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3504,86 +1472,86 @@
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1100 m</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B23BCF" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="1F89BB9D" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Espagne</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EAD4280" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="01EF28D7" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">J4 : Refuge de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3666,86 +1634,86 @@
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>750 m</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17DCFB39" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="4EFE796D" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Andorre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139E8191" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="138522B8" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">J5 : Refuge de Coma </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3828,86 +1796,86 @@
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1390 m</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42DD5292" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="7591A855" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Andorre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB57C09" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="6FF3CD9F" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">J6 : Hôtel de El </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3979,86 +1947,86 @@
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>470 m</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30644CAC" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="772439A1" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>France</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12DE2F70" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="43C3D2D8" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">J7 : Refuge de l’étang Fourcat – Gîte d’étape de Marc </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
@@ -4110,342 +2078,301 @@
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1800 m</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70CEA411" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="4A7C7DF6" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>France</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42790BD9" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="24F929E0" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="00F94AF2" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>J8 : Covoiturage : Gîte d’étape de Marc (09220 Auzat) - Oullins</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C85E6C" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="05C8323F" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="003466FF" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79DB1FDC" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="6C3C5361" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="003466FF" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="666237D3" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="6157AECA" w14:textId="77777777" w:rsidR="00D07BB1" w:rsidRPr="003466FF" w:rsidRDefault="00D07BB1" w:rsidP="00D07BB1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">L’ensemble de ce programme peut être modifié ou annulé sur décision de votre responsable en fonction de divers paramètres (conditions climatiques, condition physique des participants, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>etc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> …)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6104920F" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="566D3818" w14:textId="77777777" w:rsidR="00D0473F" w:rsidRDefault="00D0473F" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00415B06" w14:textId="4A749BEA" w:rsidR="00D0473F" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="1" w:line="267" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:u w:val="thick"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>HEBERGEMENT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="076445AF" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...69 lines deleted...]
-    <w:p w14:paraId="2E85891E" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="1769250E" w14:textId="77777777" w:rsidR="009556E5" w:rsidRPr="00F94AF2" w:rsidRDefault="009556E5" w:rsidP="009556E5">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7 refuges / gîtes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53EA0A7B" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="37BF425C" w14:textId="77777777" w:rsidR="009556E5" w:rsidRPr="00F94AF2" w:rsidRDefault="009556E5" w:rsidP="009556E5">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hébergement en pension complète avec pique-nique pour le déjeuner de midi </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(boisson non comprise dans le prix)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A0EE91" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="3F6186B5" w14:textId="77777777" w:rsidR="009556E5" w:rsidRPr="00F94AF2" w:rsidRDefault="009556E5" w:rsidP="009556E5">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dortoirs : se munir d’un drap-sac </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
@@ -4492,295 +2419,765 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(pas de possibilité de chambre individuelle)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CED215E" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="1B79ABF1" w14:textId="77777777" w:rsidR="009556E5" w:rsidRPr="00F94AF2" w:rsidRDefault="009556E5" w:rsidP="009556E5">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sanitaires communs : se munir de son nécessaire de toilette</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7025F42E" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Titre1"/>
+    <w:p w14:paraId="6DE5793E" w14:textId="377058E0" w:rsidR="009556E5" w:rsidRDefault="009556E5" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:spacing w:before="1" w:line="228" w:lineRule="auto"/>
+        <w:ind w:right="439"/>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="18D1F18F" w14:textId="2FDDDFF5" w:rsidR="00BB7203" w:rsidRPr="002A761F" w:rsidRDefault="00127F81" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="228" w:lineRule="auto"/>
+        <w:ind w:right="439"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>L'hébergement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>sera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>assuré</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>dans</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>Gite</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>d'</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0473F">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>Étape</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>Le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>Centre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>Thomas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0473F">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>Hélye</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0473F">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="46"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>Le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>Bourg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>50440</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>BIVILLE,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>Tel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>04</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>19,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>qui</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>assurera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>fourniture</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>des</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>repas,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>avec</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>pique-nique</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>pour</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>déjeuner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>midi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29CFA2B7" w14:textId="397677CF" w:rsidR="00D0473F" w:rsidRDefault="00D0473F" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="573682FD" w14:textId="77777777" w:rsidR="009556E5" w:rsidRPr="009556E5" w:rsidRDefault="009556E5" w:rsidP="009556E5">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009556E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>MATERIEL :</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7B156B2A" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...23 lines deleted...]
-    <w:p w14:paraId="7FBD1E2B" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="614C0983" w14:textId="77777777" w:rsidR="009556E5" w:rsidRPr="00F94AF2" w:rsidRDefault="009556E5" w:rsidP="009556E5">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Chaussures de randonnée et bâtons de randonnées</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="153B57D4" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="3D15CC1E" w14:textId="77777777" w:rsidR="009556E5" w:rsidRPr="00F94AF2" w:rsidRDefault="009556E5" w:rsidP="009556E5">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Une paire de crampons « trail » ou « forestiers » pour passage d’éventuel névé.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A50B67" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="08447976" w14:textId="77777777" w:rsidR="009556E5" w:rsidRPr="00F94AF2" w:rsidRDefault="009556E5" w:rsidP="009556E5">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pour les pique-niques : Boite à pique-nique et couverts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B32869" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="10DF07AF" w14:textId="77777777" w:rsidR="009556E5" w:rsidRDefault="009556E5" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="492CAA27" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="267" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>COUT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>DU</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>SEJOUR</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5222349C" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...72 lines deleted...]
-    <w:p w14:paraId="64D8EE95" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="7A0D6EAB" w14:textId="04DCB5CB" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="439"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Le coût du séjour est fixé à </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
@@ -4912,67 +3309,213 @@
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>chambre</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="35"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>individuelle</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F94AF2">
+      <w:r w:rsidR="0099155E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="35"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> (ou </w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>Supplément</w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>pour</w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>chambre</w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>individuelle</w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="41"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>XX</w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="39"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>pour</w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>séjour</w:t>
+      </w:r>
+      <w:r w:rsidR="0099155E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7145B8A5" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="003466FF" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="705B8F34" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="003466FF" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3718"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ce</w:t>
       </w:r>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5009,51 +3552,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>comprend</w:t>
       </w:r>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003466FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AC98F13" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="0391AC1D" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
@@ -5284,51 +3827,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dernier</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="27"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>jour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41828C91" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="06848F82" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
         </w:tabs>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
@@ -5339,51 +3882,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pique-nique à midi sauf le 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> jour</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48576726" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00C81C70" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="26821FD5" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00C81C70" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
@@ -5465,56 +4008,56 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="52"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Animateur breveté de l’Association.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1CF9CA" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00C81C70" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="690BEB4B" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00C81C70" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C81C70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ne</w:t>
       </w:r>
       <w:r w:rsidRPr="00C81C70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -5569,85 +4112,85 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>compris</w:t>
       </w:r>
       <w:r w:rsidRPr="00C81C70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="21"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C81C70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EA7A42E" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="094E8FF0" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Drap-sac, nécessaire et linge de toilette</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="605264D5" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="25F4AF0C" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5763,84 +4306,84 @@
         </w:rPr>
         <w:t>premier</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>jour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F31D57" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="36EC366D" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Les boites à pique-niques éventuellement fournies par les gîtes et refuges</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B963E7" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="1EF0CFFD" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5851,51 +4394,51 @@
         </w:rPr>
         <w:t>Les</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="23"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>boissons, les cafés</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="533A71D4" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="1767CEF7" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5927,85 +4470,85 @@
         </w:rPr>
         <w:t>dépenses</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="25"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>personnelles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="042DB4DA" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="047B9A19" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Le coût du covoiturage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687FB2B6" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="14D365AF" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6142,51 +4685,51 @@
         </w:rPr>
         <w:t>assistance</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="45"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rapatriement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F7CDB5" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00FD54B4" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="0CF0B1AF" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00FD54B4" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD54B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>D’une</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD54B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6394,368 +4937,467 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>compris</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD54B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="19"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD54B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>».</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9B4736" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00FD54B4" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="08DD4884" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00FD54B4" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7607ADC4" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00FD54B4" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="2C339D70" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00FD54B4" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD54B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>FORMALITES :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FA23F87" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="532B8EFA" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Carte d’identité ou passeport en cours de validité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E6BD352" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="4918FCFD" w14:textId="7F684EE5" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Licence Club 2024/2025</w:t>
+        <w:t>Licence Club 202</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7834">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7834">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7996A9E2" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="5EAE4C87" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Carte vitale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24002CAD" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00F94AF2" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="5FBAAFFB" w14:textId="77777777" w:rsidR="0006256B" w:rsidRPr="00F94AF2" w:rsidRDefault="0006256B" w:rsidP="0006256B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1427"/>
           <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Permis de conduire pour les chauffeurs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35BEC024" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Paragraphedeliste"/>
+    <w:p w14:paraId="2EA2378A" w14:textId="77777777" w:rsidR="00451FDD" w:rsidRDefault="00451FDD" w:rsidP="002A761F">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1427"/>
-          <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:ind w:right="3718"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71DDF001" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00FD54B4" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Paragraphedeliste"/>
+    <w:p w14:paraId="4CA9065F" w14:textId="70EFC9D2" w:rsidR="00BB7203" w:rsidRPr="00D0473F" w:rsidRDefault="00127F81" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1427"/>
-          <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="203"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>INSCRIPTIONS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6A4D48C7" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="0006037B" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Paragraphedeliste"/>
+    <w:p w14:paraId="2D9EA6B8" w14:textId="77777777" w:rsidR="00A0241E" w:rsidRPr="00FD54B4" w:rsidRDefault="00A0241E" w:rsidP="00A0241E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F94AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Les inscriptions seront closes le 20 janvier 2025 au soir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79108712" w14:textId="77777777" w:rsidR="00914D31" w:rsidRDefault="00914D31" w:rsidP="002A761F">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1427"/>
-          <w:tab w:val="left" w:pos="1428"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0006037B">
-[...3 lines deleted...]
-          <w:bCs/>
+    </w:p>
+    <w:p w14:paraId="0DFE6D4F" w14:textId="4111C05A" w:rsidR="00A0241E" w:rsidRPr="00F94AF2" w:rsidRDefault="00127F81" w:rsidP="00A0241E">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>INSCRIPTIONS</w:t>
-[...14 lines deleted...]
-          <w:u w:val="single"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>ATTENTION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>nombre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>chambres</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>individuelles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>limité</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0241E">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0241E">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0241E" w:rsidRPr="00F94AF2">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>as de possibilité de chambre individuelle.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="31EDE238" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00FD54B4" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...16 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="4BCF38AD" w14:textId="6E1579CE" w:rsidR="00BB7203" w:rsidRDefault="00BB7203" w:rsidP="002A761F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E0C55B7" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...49 lines deleted...]
-    <w:p w14:paraId="3A8772F8" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="7DAD6165" w14:textId="77777777" w:rsidR="00F345E3" w:rsidRDefault="00F345E3" w:rsidP="00F345E3">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="437"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00153A22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Les</w:t>
       </w:r>
       <w:r w:rsidRPr="00153A22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6976,67 +5618,67 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>votre inscription sur la liste de préinscriptions éditée et tenue par le Club</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79525C79" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00153A22" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="7F7E686F" w14:textId="77777777" w:rsidR="00F345E3" w:rsidRPr="00153A22" w:rsidRDefault="00F345E3" w:rsidP="00F345E3">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="437"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67B279A0" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="2F795732" w14:textId="77777777" w:rsidR="00F345E3" w:rsidRDefault="00F345E3" w:rsidP="00F345E3">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="437"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00153A22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Suivant</w:t>
       </w:r>
       <w:r w:rsidRPr="00153A22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
@@ -7353,86 +5995,86 @@
       <w:r w:rsidRPr="00153A22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d'annulatio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n, votre préinscription deviendra caduque</w:t>
       </w:r>
       <w:r w:rsidRPr="00153A22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F0F014" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00FD54B4" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="5D12F028" w14:textId="77777777" w:rsidR="00F345E3" w:rsidRPr="00FD54B4" w:rsidRDefault="00F345E3" w:rsidP="00F345E3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD54B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>En cas d'inscriptions dépassant le nombre maximum, le choix des participants se fera selon les règles figurants dans le règlement intérieur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A36F9E4" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="3A9403F3" w14:textId="77777777" w:rsidR="00F345E3" w:rsidRDefault="00F345E3" w:rsidP="00F345E3">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:right="437"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A1D9CBB" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="005B4944" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="5B685DD0" w14:textId="77777777" w:rsidR="00F345E3" w:rsidRPr="005B4944" w:rsidRDefault="00F345E3" w:rsidP="00F345E3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD54B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">S'il est décidé de réaliser ce séjour, l'Association proposera aux préinscrits un bulletin d'inscription. Votre inscription deviendra définitive après signature et renvoi de ce bulletin d’inscription en </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD54B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2 exemplaires</w:t>
       </w:r>
@@ -7467,580 +6109,352 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>30 janvier 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="005B4944">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> L’acompte perçu sera affecté, entre autres, au règlement de l’acompte des hébergements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D12AA45" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="005B4944" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...13 lines deleted...]
-    <w:p w14:paraId="101AE7F8" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="005B4944" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="473A650C" w14:textId="77777777" w:rsidR="00D0473F" w:rsidRDefault="00D0473F" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:right="439"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7341D2D5" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...447 lines deleted...]
-    <w:p w14:paraId="36557756" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="15D01A97" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>ASSURANCES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="25"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>FACULTATIVES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="39"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="07CFFA8F" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00446F42" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="6B98C44E" w14:textId="523FE0FF" w:rsidR="00BB7203" w:rsidRPr="000B318A" w:rsidRDefault="00127F81" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="228" w:lineRule="auto"/>
+        <w:ind w:right="967"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>Vous aurez</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>possibilité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>souscrire,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>lors de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>l’inscription</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>définitive,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>aux</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>assurances individuelles</w:t>
+      </w:r>
+      <w:r w:rsidR="000B318A">
+        <w:rPr>
+          <w:spacing w:val="-52"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>facultatives</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>au</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>moyen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>bulletin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>souscription</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>assurances</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>joint</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>à</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>notre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B318A">
+        <w:t>envoi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DBD707E" w14:textId="77777777" w:rsidR="00D0473F" w:rsidRDefault="00D0473F" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C32DBA4" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
         </w:rPr>
         <w:t>PAIEMENTS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00446F42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="12"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CBEB08" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="5F82243E" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="3718"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Acompte</w:t>
       </w:r>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="32"/>
@@ -8159,51 +6573,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>limite</w:t>
       </w:r>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="42"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E423B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>30 janvier 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A047CC1" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="1EB55836" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="3718"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Primes</w:t>
       </w:r>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8268,51 +6682,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="21"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l'inscription.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5932D2B3" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="005E423B" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="2E05C27F" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="005E423B" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="4"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Solde</w:t>
       </w:r>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8378,240 +6792,240 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="37"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E423B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>31 mai 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCA0E06" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="2E03426D" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Moyens de paiement :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B88AC5C" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="4E182397" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Soit par chèque à l’ordre de l’association « CASCOL RANDO Evasion » en précisant le motif au dos du chèque</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65491764" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="0F1A4973" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Soit par virement en précisant le motif dans l’ordre de virement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40134C97" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="7E808256" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IBAN : FR76 1027 8073 1600 0200 1930 167</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F6E20F6" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="23151AF9" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>BIC : CMCIFR2A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF34A9D" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="7BB89480" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Soit par carte bancaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="568273A7" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="7325EEBA" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Echéancier :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659BA901" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="11445C12" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sous forme d’un</w:t>
       </w:r>
       <w:r w:rsidRPr="00B26DF1">
@@ -8619,4777 +7033,3818 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> acompte à l’inscription</w:t>
       </w:r>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> au plus tard le </w:t>
       </w:r>
       <w:r w:rsidRPr="005E423B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>30 janvier 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FAF7550" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="068CD3D1" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB3581">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>280 €</w:t>
       </w:r>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> par chèque, virement ou carte bancaire – encaissé – non remboursable</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="293451C2" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="63A6B205" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>+ assurance optionnelle éventuelle</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57315532" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="0D085365" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Solde du séjour à régler au plus tard le </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB3581">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>31 mai 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9E3137" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="1373FA8C" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00B26DF1" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB3581">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>280 €</w:t>
       </w:r>
       <w:r w:rsidRPr="00B26DF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> par chèque, virement ou carte bancaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D2BA7C" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00311152" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...14 lines deleted...]
-    <w:p w14:paraId="4C490708" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00153A22" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="64439876" w14:textId="77777777" w:rsidR="000B318A" w:rsidRDefault="000B318A" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:before="4" w:line="228" w:lineRule="auto"/>
+        <w:ind w:right="439"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EBB3F6C" w14:textId="635F90D1" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:line="228" w:lineRule="auto"/>
+        <w:ind w:right="439"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Avant le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>départ,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>possibilité</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>d’annuler son</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>inscription</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>selon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>les conditions ci-dessous ou</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>se</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>faire</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>remplacer.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Les</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>primes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>des</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>assurances</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>souscrites</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>et</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>les</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>contributions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>EIT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>et</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>UEIT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>seront</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>systématiquement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207D09BF" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:before="4"/>
-        <w:ind w:right="439"/>
-[...130 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tous</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ces</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>règlements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>doivent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>faits</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>l’ordre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...286 lines deleted...]
-        <w:t>dues.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>l’Association.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="289F8B89" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="77EBB36F" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00BB7203" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="284F9B5E" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>DISPOSITIONS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>CONCERNANT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>LES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>DEPLACEMENTS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0BB8C124" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00B26DF1" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...90 lines deleted...]
-    <w:p w14:paraId="49D648A9" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00AB3581" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="25E7C417" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00AB3581" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="232" w:lineRule="auto"/>
         <w:ind w:right="439"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB3581">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Le transport se fera en covoiturage comprenant l’aller et retour et les déplacements sur place.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CAE5948" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00AB3581" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="475A6C0A" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00AB3581" w:rsidRDefault="000B318A" w:rsidP="000B318A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="232" w:lineRule="auto"/>
         <w:ind w:right="439"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB3581">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Le prix du covoiturage, non compris dans le prix du séjour, sera à régler aux chauffeurs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A3E97D" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="014BE548" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00BB7203" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57A7A0B2" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="267" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>FRAIS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>RESOLUTION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>OU</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>D'ANNULATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>L'INSCRIPTION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="36411B14" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00446F42" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="54CCA694" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="238" w:lineRule="exact"/>
+        <w:ind w:right="444"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>voyageur</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>peut</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>annuler</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>son</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>voyage</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>tout</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>moment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>aux</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>financières</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>suivantes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2308C756" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00153A22" w:rsidRDefault="000B318A" w:rsidP="000B318A">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:right="442"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Annulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="41"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>faite</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="38"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3581">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 juin 2025 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="27"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>restitu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="42"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>des</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sommes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>versées avec</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>retenue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3581">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>40,00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3581">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3581">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3581">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>frais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dossier.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D3ED69" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00153A22" w:rsidRDefault="000B318A" w:rsidP="000B318A">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:right="442"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Annulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>faite</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>entre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3581">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 juin 2025 et le 14 juillet 2025 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tenue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3581">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>des</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sommes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>versées</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>retenue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3581">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40,00 € </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>frais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dossier.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37478D57" w14:textId="77777777" w:rsidR="000B318A" w:rsidRPr="00153A22" w:rsidRDefault="000B318A" w:rsidP="000B318A">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:right="442"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Annulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>postérieure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>au</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3581">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 juillet 2025 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="27"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>retenue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>100%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="41"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>montant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>total</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>séjour.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A42EB68" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00BB7203" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="544DD0CB" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="267" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>DIVERS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="10"/>
-          <w:sz w:val="20"/>
-[...93 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB8B0B8" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00153A22" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...1201 lines deleted...]
-    <w:p w14:paraId="5EDE044F" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="008A3C19" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="51AA1256" w14:textId="77777777" w:rsidR="00591C30" w:rsidRPr="00591C30" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:before="1"/>
+        <w:spacing w:before="1" w:line="228" w:lineRule="auto"/>
         <w:ind w:right="1318"/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00591C30">
         <w:t>Selon</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="44"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
         <w:t>les</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="36"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
         <w:t>conditions</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
         <w:t>climatiques</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
         <w:t>sur</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
         <w:t>place,</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
         <w:t>les</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
         <w:t>activités</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
         <w:t>prévues</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
         <w:t>pourront</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="29"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
         <w:t>être</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="40"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
         <w:t>modifiées.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...180 lines deleted...]
-        <w:t>annulé.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06583A1F" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="484FD7AF" w14:textId="29E858F9" w:rsidR="00BB7203" w:rsidRPr="00591C30" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:before="76"/>
-[...64 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="1" w:line="228" w:lineRule="auto"/>
+        <w:ind w:right="1318"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00591C30">
+        <w:t>Selon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:t>les</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:t>conditio</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0473F" w:rsidRPr="00591C30">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:t>sanitaires,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A3C19">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:t>séjour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:t>pourra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:t>être</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:t>modifié</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
           <w:spacing w:val="16"/>
-          <w:sz w:val="20"/>
-[...350 lines deleted...]
-        <w:t>financière.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:t>ou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591C30">
+        <w:t>annulé.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01BA6E90" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="008A3C19" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="65D09295" w14:textId="048E4AD5" w:rsidR="00BB7203" w:rsidRPr="004B00EC" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:before="76"/>
+        <w:spacing w:before="76" w:line="228" w:lineRule="auto"/>
         <w:ind w:right="439"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>En</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>cas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>d’annulation,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>remboursement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>pourra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>se</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>faire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>selon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>les</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>prescriptions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>gouvernementales.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>Elles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>pourront</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>aucun</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>cas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>donner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>lieu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>à</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>une</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>compensation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B00EC">
+        <w:t>financière.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB3B126" w14:textId="77777777" w:rsidR="00591C30" w:rsidRDefault="00127F81" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="228" w:lineRule="auto"/>
+        <w:ind w:right="3229"/>
+        <w:rPr>
           <w:color w:val="006FC0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:spacing w:val="-52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
         </w:rPr>
         <w:t>Une</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:color w:val="006FC0"/>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="006FC0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>réunion</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:color w:val="006FC0"/>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="006FC0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d’information</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:color w:val="006FC0"/>
           <w:spacing w:val="55"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="006FC0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>et de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:color w:val="006FC0"/>
           <w:spacing w:val="55"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="006FC0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>préparation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:color w:val="006FC0"/>
           <w:spacing w:val="55"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="006FC0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sera</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:color w:val="006FC0"/>
           <w:spacing w:val="55"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="006FC0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>programmée</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="006FC0"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> ….</w:t>
+          <w:spacing w:val="55"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>mi-avril.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00591C30">
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="-52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68303FBC" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="008A3C19" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="0D945D36" w14:textId="6F708BE5" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="228" w:lineRule="auto"/>
+        <w:ind w:right="3229"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>cette</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>occasion,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>dossier</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>sera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>remis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>chaque</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="006FC0"/>
+        </w:rPr>
+        <w:t>participant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC8967E" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00BB7203" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D422A41" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>CESSION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>DU</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>SEJOUR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1E09FCB2" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00446F42" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-[...72 lines deleted...]
-    <w:p w14:paraId="00300AA4" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00153A22" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="0E5BC839" w14:textId="154F9372" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:right="444"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Avant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>départ,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>voyageur</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="27"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>peut</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>céder</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="27"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>son</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>voyage</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>à</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>autre</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>titulaire</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>d’une</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>FFRandonnée</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="17"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>valide</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="14"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>ou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="17"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>d’un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="17"/>
-          <w:sz w:val="20"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Pas</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0473F">
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Découverte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="13"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>valide.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E14DE1D" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00153A22" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="721CE68E" w14:textId="7DC31B1C" w:rsidR="00BB7203" w:rsidRDefault="00127F81" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:right="442"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:right="444"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Les sommes versées seront remboursées au participant démissionnaire. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0473F">
+        <w:t>Cependant,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> les contributions EIT et</w:t>
+      </w:r>
+      <w:r w:rsidR="002A761F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>UEIT ainsi que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>les</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>primes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>d’assurances</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>éventuellement souscrites</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>resteront acquises</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>à</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>structure</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>organisatrice.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Le</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>participant remplaçant devra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>remplir aussitôt un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>bulle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>tin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>d’inscription</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>double</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>exemplaire</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-10"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>et</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>s’acquitter</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="4"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>sans</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="5"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>délai du</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>montant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="13"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>séjour,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="7"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>des</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="6"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>contributions</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="6"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>EIT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>et</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>UEIT et</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>éventuellement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="10"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>primes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="9"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>d’assurances</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153A22">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="8"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>facultatives.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1199E2A5" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+    <w:p w14:paraId="58862E2F" w14:textId="6D8D5EEE" w:rsidR="00BB7203" w:rsidRPr="002A761F" w:rsidRDefault="00BB7203" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C6D740B" w14:textId="77777777" w:rsidR="002A761F" w:rsidRDefault="002A761F" w:rsidP="002A761F">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="6"/>
-        <w:rPr>
-[...4 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C0DA0B6" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00153A22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487591424" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57988937" wp14:editId="11D4E271">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487591424" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41DB54F0" wp14:editId="4DD35EBF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>238125</wp:posOffset>
+                  <wp:posOffset>85725</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>178435</wp:posOffset>
+                  <wp:posOffset>177165</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6151245" cy="1733550"/>
+                <wp:extent cx="6303645" cy="1733550"/>
                 <wp:effectExtent l="0" t="0" r="20955" b="19050"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6151245" cy="1733550"/>
+                          <a:ext cx="6303645" cy="1733550"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6B4D79E7" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="007F6335" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                          <w:p w14:paraId="416C914B" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRPr="007F6335" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Conditions générales de vente et notice sur les </w:t>
                             </w:r>
                             <w:r w:rsidRPr="007F6335">
                               <w:t xml:space="preserve">assurances consultables </w:t>
                             </w:r>
                             <w:r w:rsidRPr="007F6335">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>sur le site du CASCOL Rando, onglet « INFOS PRATIQUES » / « Documents séjours »</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="164A89D5" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="007F6335" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                          <w:p w14:paraId="7D0EC4C2" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRPr="007F6335" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="007F6335">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>ou</w:t>
                             </w:r>
                             <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="007F6335">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> pour y accéder directement, faire « </w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="007F6335">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>Ctrl+Clic</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="007F6335">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t> » sur les liens ci-dessous) :</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="44966E0C" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00AC3281" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                          <w:p w14:paraId="3A9F3080" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRPr="00AC3281" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                             <w:pPr>
                               <w:pStyle w:val="Paragraphedeliste"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="6"/>
+                                <w:numId w:val="7"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00AC3281">
                               <w:rPr>
                                 <w:b/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>Conditions générales de Vente :</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5A0888A4" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                          <w:p w14:paraId="0814793E" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                             <w:pPr>
                               <w:rPr>
                                 <w:rStyle w:val="Lienhypertexte"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId13" w:history="1">
+                            <w:hyperlink r:id="rId10" w:history="1">
                               <w:r w:rsidRPr="005B48DE">
                                 <w:rPr>
                                   <w:rStyle w:val="Lienhypertexte"/>
                                 </w:rPr>
                                 <w:t>https://drive.google.com/file/d/1JoJkRJTdv0kk3-KkfbPbgXhaclSR74wH/view?usp=sharing</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w14:paraId="146EE3F5" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00AC3281" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                          <w:p w14:paraId="147BF1BA" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRPr="00AC3281" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                             <w:pPr>
                               <w:pStyle w:val="Paragraphedeliste"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="6"/>
+                                <w:numId w:val="7"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:rStyle w:val="Lienhypertexte"/>
                                 <w:b/>
                                 <w:color w:val="auto"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00AC3281">
                               <w:rPr>
                                 <w:rStyle w:val="Lienhypertexte"/>
                                 <w:b/>
                                 <w:color w:val="auto"/>
                               </w:rPr>
                               <w:t>Assistance</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Lienhypertexte"/>
                                 <w:b/>
                                 <w:color w:val="auto"/>
                               </w:rPr>
                               <w:t> :</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7D2BE273" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                          <w:p w14:paraId="71F53ADE" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                             <w:pPr>
                               <w:rPr>
                                 <w:rStyle w:val="Lienhypertexte"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId14" w:history="1">
+                            <w:hyperlink r:id="rId11" w:history="1">
                               <w:r w:rsidRPr="00A544B0">
                                 <w:rPr>
                                   <w:rStyle w:val="Lienhypertexte"/>
                                 </w:rPr>
                                 <w:t>https://drive.google.com/file/d/1LejJk3ruYIpCTdxRy5zG-0SCg7-Op4cr/view?usp=drive_link</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w14:paraId="179B5BAD" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00AC3281" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                          <w:p w14:paraId="67E04FBB" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRPr="00AC3281" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                             <w:pPr>
                               <w:pStyle w:val="Paragraphedeliste"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="6"/>
+                                <w:numId w:val="7"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00AC3281">
                               <w:rPr>
                                 <w:b/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>Annulation</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t> :</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3E18C61A" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                          <w:p w14:paraId="235FA728" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                             <w:pPr>
                               <w:rPr>
                                 <w:rStyle w:val="Lienhypertexte"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId15" w:history="1">
+                            <w:hyperlink r:id="rId12" w:history="1">
                               <w:r w:rsidRPr="00A544B0">
                                 <w:rPr>
                                   <w:rStyle w:val="Lienhypertexte"/>
                                 </w:rPr>
                                 <w:t>https://drive.google.com/file/d/1zLyE2MXsnFcfSGsBAiqTEdDy6m2wiQXr/view?usp=drive_link</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w14:paraId="5774AD82" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00AC3281" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                          <w:p w14:paraId="279C646D" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRPr="00AC3281" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                             <w:pPr>
                               <w:pStyle w:val="Paragraphedeliste"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="6"/>
+                                <w:numId w:val="7"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00AC3281">
                               <w:rPr>
                                 <w:b/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>Bagages :</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="32313ACE" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-                            <w:hyperlink r:id="rId16" w:history="1">
+                          <w:p w14:paraId="35C57A99" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
+                            <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidRPr="00A544B0">
                                 <w:rPr>
                                   <w:rStyle w:val="Lienhypertexte"/>
                                 </w:rPr>
                                 <w:t>https://drive.google.com/file/d/1JyFfptcwYXIawFjyyfBzOMA_lGEg-thb/view?usp=drive_link</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="57988937" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:18.75pt;margin-top:14.05pt;width:484.35pt;height:136.5pt;z-index:-15725056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDeBJh/iAIAACAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hy95RAIE1RSNWFZJrU&#10;vUjtfoBjm2DN2Mx2At20/76zCWm6fpmm8cEc3PnxPXfPeXnbNxIdubFCqwLHV1OMuKKaCbUv8NfH&#10;7WSBkXVEMSK14gV+4hbfrt6+WXZtzhNda8m4QQCibN61Ba6da/MosrTmDbFXuuUKnJU2DXHwafYR&#10;M6QD9EZGyXQ6jzptWGs05dbC33Jw4lXArypO3eeqstwhWWDIzYXVhHXn12i1JPnekLYW9JQG+Ycs&#10;GiIUHHqGKokj6GDEK6hGUKOtrtwV1U2kq0pQHjgAm3j6B5uHmrQ8cIHi2PZcJvv/YOmn4xeDBCtw&#10;gpEiDbTokfcOvdM9Snx1utbmEPTQQpjr4Td0OTC17b2m3yxSel0Tted3xuiu5oRBdrHfGV1sHXCs&#10;B9l1HzWDY8jB6QDUV6bxpYNiIECHLj2dO+NTofBzHmdxkmYYUfDF17NZloXeRSQft7fGuvdcN8gb&#10;BTbQ+gBPjvfW+XRIPob405TeCilD+6VCXYFvsiQbiGkpmHf6MGv2u7U06Ei8gMITuIHnMswjl8TW&#10;Q1xwDdJqhAN9S9EUeHHeTXJfp41i4XhHhBxsSFEqfyrQhqRP1qCjnzfTm81is0gnaTLfTNJpWU7u&#10;tut0Mt/G11k5K9frMv7lCcRpXgvGuPIcRk3H6d9p5jRdgxrPqn7B9UVJtuF5XZLoZRqh/MBqfAd2&#10;QSBeE4M6XL/rgxKDerx4dpo9gWKMHsYWrhkwam1+YNTByBbYfj8QwzGSHxSozs/3aJjR2I0GURS2&#10;FthhNJhrN9wDh9aIfQ3Ig66VvgNlViJo5jmLk55hDAOH05Xh5/zyO0Q9X2yr3wAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIE7YqbfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwYvY&#10;TSJqiNkUKXoTsVWpx212zIZkZ0N226T/3umpHofv8d435XJ2vTjgGFpPCtJFAgKp9qalRsHX5+tt&#10;DiJETUb3nlDBEQMsq8uLUhfGT7TGwyY2gksoFFqBjXEopAy1RafDwg9IzH796HTkc2ykGfXE5a6X&#10;WZI8SKdb4gWrB1xZrLvN3ino3u3Hevu2+qlvJHbN9J1s8+OLUtdX8/MTiIhzPIfhpM/qULHTzu/J&#10;BNEruHu856SCLE9BnDivZSB2TJI0BVmV8v8L1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA3gSYf4gCAAAgBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAgTtipt8AAAAKAQAADwAAAAAAAAAAAAAAAADiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAO4FAAAAAA==&#10;" filled="f">
+              <v:shapetype w14:anchorId="41DB54F0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:6.75pt;margin-top:13.95pt;width:496.35pt;height:136.5pt;z-index:-15725056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNegMhgIAABkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v2yAQ/j5p/wHxPbWdOGlq1am6OJkm&#10;dS9Sux9AAMdoGDwgsbtp/30HxGm7fpmm+QM++46He+6e4/pmaCU6cmOFViXOLlKMuKKaCbUv8deH&#10;7WSJkXVEMSK14iV+5BbfrN6+ue67gk91oyXjBgGIskXflbhxriuSxNKGt8Re6I4rcNbatMTBp9kn&#10;zJAe0FuZTNN0kfTasM5oyq2Fv1V04lXAr2tO3ee6ttwhWWLIzYXVhHXn12R1TYq9IV0j6CkN8g9Z&#10;tEQoOPQMVRFH0MGIV1CtoEZbXbsLqttE17WgPHAANln6B5v7hnQ8cIHi2O5cJvv/YOmn4xeDBCvx&#10;FCNFWmjRAx8ceqcHNPXV6TtbQNB9B2FugN/Q5cDUdneafrNI6XVD1J7fGqP7hhMG2WV+Z/Jsa8Sx&#10;HmTXf9QMjiEHpwPQUJvWlw6KgQAduvR47oxPhcLPxSydLfI5RhR82eVsNp+H3iWkGLd3xrr3XLfI&#10;GyU20PoAT4531vl0SDGG+NOU3gopQ/ulQn2Jr+bTeSSmpWDe6cOs2e/W0qAj8QIKT+AGnudhHrki&#10;tolxwRWl1QoH+paiLfHyvJsUvk4bxcLxjggZbUhRKn8q0IakT1bU0c+r9Gqz3CzzST5dbCZ5WlWT&#10;2+06nyy22eW8mlXrdZX98gSyvGgEY1x5DqOms/zvNHOarqjGs6pfcH1Rkm14XpckeZlGKD+wGt+B&#10;XRCI10RUhxt2AxTEq2an2SNIxeg4r3C/gNFo8wOjHma1xPb7gRiOkfygQG5+sEfDjMZuNIiisLXE&#10;DqNorl28AA6dEfsGkKOglb4FSdYiiOUpi5OQYf5C8qe7wg/48+8Q9XSjrX4DAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAsdiZT3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUGuT&#10;CmhDnApVcEOoLUXl6MZLEiVeR7HbpH/P9gTH0Yxm3mTL0bXihH2oPWm4nyoQSIW3NZUadp9vkzmI&#10;EA1Z03pCDWcMsMyvrzKTWj/QBk/bWAouoZAaDVWMXSplKCp0Jkx9h8Tej++diSz7UtreDFzuWpko&#10;9SidqYkXKtPhqsKi2R6dhuajWm/276vv4k5iUw5faj8/v2p9ezO+PIOIOMa/MFzwGR1yZjr4I9kg&#10;WtazB05qSJ4WIC4+ryUgDhpmSi1A5pn8fyH/BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGQ16AyGAgAAGQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhACx2JlPfAAAACgEAAA8AAAAAAAAAAAAAAAAA4AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="6B4D79E7" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="007F6335" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                    <w:p w14:paraId="416C914B" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRPr="007F6335" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Conditions générales de vente et notice sur les </w:t>
                       </w:r>
                       <w:r w:rsidRPr="007F6335">
                         <w:t xml:space="preserve">assurances consultables </w:t>
                       </w:r>
                       <w:r w:rsidRPr="007F6335">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>sur le site du CASCOL Rando, onglet « INFOS PRATIQUES » / « Documents séjours »</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="164A89D5" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="007F6335" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                    <w:p w14:paraId="7D0EC4C2" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRPr="007F6335" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="007F6335">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>ou</w:t>
                       </w:r>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="007F6335">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> pour y accéder directement, faire « </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="007F6335">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>Ctrl+Clic</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="007F6335">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t> » sur les liens ci-dessous) :</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="44966E0C" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00AC3281" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                    <w:p w14:paraId="3A9F3080" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRPr="00AC3281" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                       <w:pPr>
                         <w:pStyle w:val="Paragraphedeliste"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="6"/>
+                          <w:numId w:val="7"/>
                         </w:numPr>
                         <w:rPr>
                           <w:b/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00AC3281">
                         <w:rPr>
                           <w:b/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>Conditions générales de Vente :</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5A0888A4" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                    <w:p w14:paraId="0814793E" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                       <w:pPr>
                         <w:rPr>
                           <w:rStyle w:val="Lienhypertexte"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId17" w:history="1">
+                      <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="005B48DE">
                           <w:rPr>
                             <w:rStyle w:val="Lienhypertexte"/>
                           </w:rPr>
                           <w:t>https://drive.google.com/file/d/1JoJkRJTdv0kk3-KkfbPbgXhaclSR74wH/view?usp=sharing</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
-                    <w:p w14:paraId="146EE3F5" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00AC3281" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                    <w:p w14:paraId="147BF1BA" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRPr="00AC3281" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                       <w:pPr>
                         <w:pStyle w:val="Paragraphedeliste"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="6"/>
+                          <w:numId w:val="7"/>
                         </w:numPr>
                         <w:rPr>
                           <w:rStyle w:val="Lienhypertexte"/>
                           <w:b/>
                           <w:color w:val="auto"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00AC3281">
                         <w:rPr>
                           <w:rStyle w:val="Lienhypertexte"/>
                           <w:b/>
                           <w:color w:val="auto"/>
                         </w:rPr>
                         <w:t>Assistance</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Lienhypertexte"/>
                           <w:b/>
                           <w:color w:val="auto"/>
                         </w:rPr>
                         <w:t> :</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="7D2BE273" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                    <w:p w14:paraId="71F53ADE" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                       <w:pPr>
                         <w:rPr>
                           <w:rStyle w:val="Lienhypertexte"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId18" w:history="1">
+                      <w:hyperlink r:id="rId15" w:history="1">
                         <w:r w:rsidRPr="00A544B0">
                           <w:rPr>
                             <w:rStyle w:val="Lienhypertexte"/>
                           </w:rPr>
                           <w:t>https://drive.google.com/file/d/1LejJk3ruYIpCTdxRy5zG-0SCg7-Op4cr/view?usp=drive_link</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
-                    <w:p w14:paraId="179B5BAD" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00AC3281" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                    <w:p w14:paraId="67E04FBB" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRPr="00AC3281" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                       <w:pPr>
                         <w:pStyle w:val="Paragraphedeliste"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="6"/>
+                          <w:numId w:val="7"/>
                         </w:numPr>
                         <w:rPr>
                           <w:b/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00AC3281">
                         <w:rPr>
                           <w:b/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>Annulation</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t> :</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3E18C61A" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                    <w:p w14:paraId="235FA728" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                       <w:pPr>
                         <w:rPr>
                           <w:rStyle w:val="Lienhypertexte"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId19" w:history="1">
+                      <w:hyperlink r:id="rId16" w:history="1">
                         <w:r w:rsidRPr="00A544B0">
                           <w:rPr>
                             <w:rStyle w:val="Lienhypertexte"/>
                           </w:rPr>
                           <w:t>https://drive.google.com/file/d/1zLyE2MXsnFcfSGsBAiqTEdDy6m2wiQXr/view?usp=drive_link</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
-                    <w:p w14:paraId="5774AD82" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRPr="00AC3281" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
+                    <w:p w14:paraId="279C646D" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRPr="00AC3281" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
                       <w:pPr>
                         <w:pStyle w:val="Paragraphedeliste"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="6"/>
+                          <w:numId w:val="7"/>
                         </w:numPr>
                         <w:rPr>
                           <w:b/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00AC3281">
                         <w:rPr>
                           <w:b/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>Bagages :</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="32313ACE" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="00067DF0">
-                      <w:hyperlink r:id="rId20" w:history="1">
+                    <w:p w14:paraId="35C57A99" w14:textId="77777777" w:rsidR="00D7666B" w:rsidRDefault="00D7666B" w:rsidP="00D7666B">
+                      <w:hyperlink r:id="rId17" w:history="1">
                         <w:r w:rsidRPr="00A544B0">
                           <w:rPr>
                             <w:rStyle w:val="Lienhypertexte"/>
                           </w:rPr>
                           <w:t>https://drive.google.com/file/d/1JyFfptcwYXIawFjyyfBzOMA_lGEg-thb/view?usp=drive_link</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="548EACFB" w14:textId="77777777" w:rsidR="00067DF0" w:rsidRDefault="00067DF0" w:rsidP="002A761F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Titre2"/>
+    <w:p w14:paraId="2CA3C231" w14:textId="77777777" w:rsidR="002A761F" w:rsidRDefault="002A761F" w:rsidP="002A761F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:right="527"/>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+        <w:spacing w:before="6"/>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00067DF0" w:rsidSect="00C344AD">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId22"/>
+    <w:sectPr w:rsidR="002A761F" w:rsidSect="00914D31">
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="11910" w:h="16850"/>
-      <w:pgMar w:top="0" w:right="540" w:bottom="1702" w:left="720" w:header="284" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="3970" w:right="539" w:bottom="1418" w:left="720" w:header="289" w:footer="448" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="525A9CA4" w14:textId="77777777" w:rsidR="00340925" w:rsidRDefault="00340925">
+    <w:p w14:paraId="3BF33C05" w14:textId="77777777" w:rsidR="00B843AB" w:rsidRDefault="00B843AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C0263B3" w14:textId="77777777" w:rsidR="00340925" w:rsidRDefault="00340925">
+    <w:p w14:paraId="5A2D1111" w14:textId="77777777" w:rsidR="00B843AB" w:rsidRDefault="00B843AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -13410,1155 +10865,2382 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:sdt>
-[...934 lines deleted...]
-  <w:p w14:paraId="2CE8D56D" w14:textId="77777777" w:rsidR="00B114C5" w:rsidRDefault="00B114C5"/>
+  <w:p w14:paraId="5E5E8503" w14:textId="77777777" w:rsidR="00914D31" w:rsidRPr="00914D31" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1134"/>
+      </w:tabs>
+      <w:ind w:left="864" w:right="600"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Association</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="6"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>bénéficiaire</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="16"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>de</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="3"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>l'Immatriculation</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="3"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Tourisme</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="8"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>fédérale</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="2"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>de</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="2"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>la</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-10"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Fédération</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="20"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Française</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="2"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>de</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-10"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>la</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="2"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Randonnée</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="3"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Pédestre</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6B219E14" w14:textId="77777777" w:rsidR="00914D31" w:rsidRPr="00914D31" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1134"/>
+      </w:tabs>
+      <w:ind w:left="864" w:right="600"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="8"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:eastAsia="fr-FR"/>
+      </w:rPr>
+      <w:t>23, rue Raspail - 94200 Ivry-sur-Seine</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>–</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Numéro</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>d’immatriculation</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="43"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="7"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>IM075100382. Tél.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="12"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>01</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>44</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-2"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>89</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>93</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>90</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="03BA44E1" w14:textId="77777777" w:rsidR="00914D31" w:rsidRPr="00914D31" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1134"/>
+      </w:tabs>
+      <w:ind w:left="707" w:right="438" w:hanging="21"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>La Fédération Française de la Randonnée Pédestre est une association reconnue d'utilité publique.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Agréée</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>et délégataire</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>du</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Ministère</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>chargé</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>des</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Sports pour la randonnée pédestre et le Longe Côte. Membre du Comité National Olympique et Sportif Français et de la Fédération Européenne de</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="1"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>la</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="4"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Randonnée</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="5"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Pédestre</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="5"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Code</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="4"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>APE</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="7"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="3"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>9319Z</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="13"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>–</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="11"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>SIRET</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="7"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="3"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>303</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="13"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>588</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="11"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>164</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:val="11"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00914D31">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:w w:val="105"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>00051</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="25450C28" w14:textId="77777777" w:rsidR="00BB7203" w:rsidRDefault="00BB7203">
+    <w:pPr>
+      <w:pStyle w:val="Corpsdetexte"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03BA913A" w14:textId="77777777" w:rsidR="00340925" w:rsidRDefault="00340925">
+    <w:p w14:paraId="3BD3659E" w14:textId="77777777" w:rsidR="00B843AB" w:rsidRDefault="00B843AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77E91DCC" w14:textId="77777777" w:rsidR="00340925" w:rsidRDefault="00340925">
+    <w:p w14:paraId="4AAAF9EA" w14:textId="77777777" w:rsidR="00B843AB" w:rsidRDefault="00B843AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1ABA6107" w14:textId="375B8CAB" w:rsidR="007F1833" w:rsidRPr="002511DF" w:rsidRDefault="007F1833" w:rsidP="007F1833">
+  <w:p w14:paraId="01164C84" w14:textId="36647242" w:rsidR="00914D31" w:rsidRDefault="00695F38">
     <w:pPr>
-      <w:pStyle w:val="Titre2"/>
-      <w:jc w:val="right"/>
+      <w:pStyle w:val="En-tte"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00521106">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:b/>
-[...9 lines deleted...]
-        <w:bCs/>
         <w:noProof/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7170AF9B" wp14:editId="764B4D95">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="523D8E7E" wp14:editId="4C11D55A">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-223520</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>12700</wp:posOffset>
+            <wp:posOffset>292735</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1403350" cy="423545"/>
-          <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+          <wp:extent cx="2248214" cy="1419423"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
-              <wp:start x="18766" y="0"/>
-[...7 lines deleted...]
-              <wp:lineTo x="18766" y="0"/>
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21455"/>
+              <wp:lineTo x="21417" y="21455"/>
+              <wp:lineTo x="21417" y="0"/>
+              <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
-          <wp:docPr id="1927235472" name="Image 20" descr="Une image contenant Police, Graphique, graphisme, texte&#10;&#10;Description générée automatiquement"/>
+          <wp:docPr id="1" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Image 4" descr="Une image contenant Police, Graphique, graphisme, texte&#10;&#10;Description générée automatiquement"/>
+                  <pic:cNvPr id="1" name=""/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2248214" cy="1419423"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="6548B2F6" wp14:editId="15DBB152">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3009900</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>380365</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="2343150" cy="1717040"/>
+              <wp:effectExtent l="0" t="0" r="19050" b="16510"/>
+              <wp:wrapTight wrapText="bothSides">
+                <wp:wrapPolygon edited="0">
+                  <wp:start x="0" y="0"/>
+                  <wp:lineTo x="0" y="21568"/>
+                  <wp:lineTo x="21600" y="21568"/>
+                  <wp:lineTo x="21600" y="0"/>
+                  <wp:lineTo x="0" y="0"/>
+                </wp:wrapPolygon>
+              </wp:wrapTight>
+              <wp:docPr id="2002743270" name="Text Box 5"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2343150" cy="1717040"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:prstDash val="solid"/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="29A46157" w14:textId="77777777" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+                          <w:pPr>
+                            <w:spacing w:before="72"/>
+                            <w:ind w:left="1164"/>
+                            <w:jc w:val="both"/>
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-1"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="20"/>
+                              <w:u w:val="single"/>
+                            </w:rPr>
+                            <w:t>Assurance</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="3"/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="20"/>
+                              <w:u w:val="single"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:b/>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="20"/>
+                              <w:u w:val="single"/>
+                            </w:rPr>
+                            <w:t>R.C.P</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:w w:val="105"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="2237125C" w14:textId="51ABDC04" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="006D6F9B">
+                          <w:pPr>
+                            <w:spacing w:before="5" w:line="235" w:lineRule="auto"/>
+                            <w:ind w:left="143" w:right="140"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">WTW France - Département Sport </w:t>
+                          </w:r>
+                          <w:r w:rsidR="006D6F9B">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>et Evénement</w:t>
+                          </w:r>
+                          <w:r w:rsidR="006D6F9B">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:br/>
+                          </w:r>
+                          <w:r w:rsidR="006D6F9B">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>DGPL Fédérations – 2, rue de Gourville</w:t>
+                          </w:r>
+                          <w:r w:rsidR="006D6F9B">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:br/>
+                            <w:t>45911 ORLEANS CEDEX 9</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="35C81F66" w14:textId="77777777" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+                          <w:pPr>
+                            <w:spacing w:line="190" w:lineRule="exact"/>
+                            <w:ind w:left="143"/>
+                            <w:jc w:val="both"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Tél.</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="11"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>:</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>09</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-3"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>72</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>72</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>01</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>19</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="7F7FBFF7" w14:textId="54483E09" w:rsidR="006D6F9B" w:rsidRDefault="00B843AB" w:rsidP="00914D31">
+                          <w:pPr>
+                            <w:spacing w:before="4" w:line="225" w:lineRule="auto"/>
+                            <w:ind w:left="143" w:right="72"/>
+                            <w:jc w:val="both"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:hyperlink r:id="rId2" w:history="1">
+                            <w:r w:rsidR="006D6F9B" w:rsidRPr="00E943ED">
+                              <w:rPr>
+                                <w:rStyle w:val="Lienhypertexte"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>fr.ffrandonnee@wtwco.com</w:t>
+                            </w:r>
+                          </w:hyperlink>
+                          <w:r w:rsidR="006D6F9B">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="59696CF0" w14:textId="714F0500" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="006D6F9B" w:rsidP="00914D31">
+                          <w:pPr>
+                            <w:spacing w:before="4" w:line="225" w:lineRule="auto"/>
+                            <w:ind w:left="143" w:right="72"/>
+                            <w:jc w:val="both"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>C</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>ontrat</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="4"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>n°</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-3"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>:</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-9"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>41789295M</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>/0002</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="3C8507B5" w14:textId="77777777" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+                          <w:pPr>
+                            <w:spacing w:before="176"/>
+                            <w:ind w:left="143"/>
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="20"/>
+                              <w:u w:val="single"/>
+                            </w:rPr>
+                            <w:t>Garantie</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="37"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="20"/>
+                              <w:u w:val="single"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="20"/>
+                              <w:u w:val="single"/>
+                            </w:rPr>
+                            <w:t>financière</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> :</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="56858065" w14:textId="5C85B6B1" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+                          <w:pPr>
+                            <w:spacing w:before="1" w:line="244" w:lineRule="auto"/>
+                            <w:ind w:left="143" w:right="260"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>GROUPAMA</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="1"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Assurance-crédit</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>&amp;</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Caution</w:t>
+                          </w:r>
+                          <w:r w:rsidR="006D6F9B">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:br/>
+                            <w:t>3, place Marcel Paul -</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-7"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>92000</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Nanterre</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="5A9B9422" w14:textId="78F607AF" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+                          <w:pPr>
+                            <w:spacing w:line="184" w:lineRule="exact"/>
+                            <w:ind w:left="143"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Tel</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="3"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>33(0)1</w:t>
+                          </w:r>
+                          <w:r w:rsidR="006D6F9B">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 79 96 63 40</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="1D8EB658" w14:textId="232996C8" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+                          <w:pPr>
+                            <w:spacing w:line="201" w:lineRule="exact"/>
+                            <w:ind w:left="143"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Contrat</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="4"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>n°</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>4000716162</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A761F">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>/</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00D3053E">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="6548B2F6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:237pt;margin-top:29.95pt;width:184.5pt;height:135.2pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCezh0uhwIAACIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v2yAQ/j5p/wHxPbWduElq1am6OJkm&#10;7U1q9wMI4BgNAwMSu5v233fgOO1aTZqm+QM+uOPhueM5rm/6VqIjt05oVeLsIsWIK6qZUPsSf7nf&#10;TpYYOU8UI1IrXuIH7vDN6vWr684UfKobLRm3CECUKzpT4sZ7UySJow1vibvQhitw1tq2xMPU7hNm&#10;SQforUymaTpPOm2ZsZpy52C1Gpx4FfHrmlP/qa4d90iWGLj5ONo47sKYrK5JsbfENIKeaJB/YNES&#10;oeDQM1RFPEEHK15AtYJa7XTtL6huE13XgvKYA2STpc+yuWuI4TEXKI4z5zK5/wdLPx4/WyRYiaGa&#10;00U+my6gTIq0cFf3vPfoje7RZShTZ1wB0XcG4n0Py3DdMWVn3mv61SGl1w1Re35rre4aThjQzMLO&#10;5MnWAccFkF33QTM4hhy8jkB9bdtQQ6gKAnTg8XC+okCFwuJ0ls+yS3BR8GWLbJHm8RITUozbjXX+&#10;LdctCkaJLWggwpPje+cDHVKMIeE0pbdCyqgDqVBX4vkM8IPHaSlYcMaJ3e/W0qIjCUqKX8ztWVhA&#10;rohrhriIMGisFR6ELkVb4uV5NylCnTaKxeM9EXKwgaJU4VRIG0ifrEFQP67Sq81ys8wn+XS+meRp&#10;VU1ut+t8Mt9mi8tqVq3XVfYzJJDlRSMY4yrkMIo7y/9OPKc2G2R5lvefS7KN38uSJL/TiOWHrMZ/&#10;zC4KJGhiUIfvdz0UJKhmp9kDSMXqoXHhoQGj0fY7Rh00bYndtwOxHCP5ToHcQoePhh2N3WgQRWFr&#10;iT1Gg7n2w0twMFbsG0AeBK30LUiyFlEsjyxOQoZGjORPj0bo9KfzGPX4tK1+AQAA//8DAFBLAwQU&#10;AAYACAAAACEAn7U7R+IAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgD&#10;Nv0JcaoUtfTCpS0gcXNik0TE6xC7bXh7lhMcZ2c0+022HF3HTnYIrUcFt5MEmMXKmxZrBS+Hzc0c&#10;WIgaje48WgXfNsAyv7zIdGr8GXf2tI81oxIMqVbQxNinnIeqsU6Hie8tkvfhB6cjyaHmZtBnKncd&#10;v0uSKXe6RfrQ6N4+Nrb63B+dgl252hTv1evT9kuui6lcj2/PYqXU9dVYPACLdox/YfjFJ3TIian0&#10;RzSBdQrkTNKWqOB+sQBGgbkUdCgVCJEI4HnG/0/IfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCezh0uhwIAACIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCftTtH4gAAAAoBAAAPAAAAAAAAAAAAAAAAAOEEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" filled="f" strokeweight=".5pt">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="29A46157" w14:textId="77777777" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+                    <w:pPr>
+                      <w:spacing w:before="72"/>
+                      <w:ind w:left="1164"/>
+                      <w:jc w:val="both"/>
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-1"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="20"/>
+                        <w:u w:val="single"/>
+                      </w:rPr>
+                      <w:t>Assurance</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="3"/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="20"/>
+                        <w:u w:val="single"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:b/>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="20"/>
+                        <w:u w:val="single"/>
+                      </w:rPr>
+                      <w:t>R.C.P</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:w w:val="105"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="2237125C" w14:textId="51ABDC04" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="006D6F9B">
+                    <w:pPr>
+                      <w:spacing w:before="5" w:line="235" w:lineRule="auto"/>
+                      <w:ind w:left="143" w:right="140"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">WTW France - Département Sport </w:t>
+                    </w:r>
+                    <w:r w:rsidR="006D6F9B">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>et Evénement</w:t>
+                    </w:r>
+                    <w:r w:rsidR="006D6F9B">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:br/>
+                    </w:r>
+                    <w:r w:rsidR="006D6F9B">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>DGPL Fédérations – 2, rue de Gourville</w:t>
+                    </w:r>
+                    <w:r w:rsidR="006D6F9B">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:br/>
+                      <w:t>45911 ORLEANS CEDEX 9</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="35C81F66" w14:textId="77777777" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+                    <w:pPr>
+                      <w:spacing w:line="190" w:lineRule="exact"/>
+                      <w:ind w:left="143"/>
+                      <w:jc w:val="both"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Tél.</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="11"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>:</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>09</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-3"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>72</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>72</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>01</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>19</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="7F7FBFF7" w14:textId="54483E09" w:rsidR="006D6F9B" w:rsidRDefault="00B843AB" w:rsidP="00914D31">
+                    <w:pPr>
+                      <w:spacing w:before="4" w:line="225" w:lineRule="auto"/>
+                      <w:ind w:left="143" w:right="72"/>
+                      <w:jc w:val="both"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:hyperlink r:id="rId3" w:history="1">
+                      <w:r w:rsidR="006D6F9B" w:rsidRPr="00E943ED">
+                        <w:rPr>
+                          <w:rStyle w:val="Lienhypertexte"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>fr.ffrandonnee@wtwco.com</w:t>
+                      </w:r>
+                    </w:hyperlink>
+                    <w:r w:rsidR="006D6F9B">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="59696CF0" w14:textId="714F0500" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="006D6F9B" w:rsidP="00914D31">
+                    <w:pPr>
+                      <w:spacing w:before="4" w:line="225" w:lineRule="auto"/>
+                      <w:ind w:left="143" w:right="72"/>
+                      <w:jc w:val="both"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>C</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>ontrat</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="4"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>n°</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-3"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>:</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-9"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>41789295M</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00914D31" w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>/0002</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="3C8507B5" w14:textId="77777777" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+                    <w:pPr>
+                      <w:spacing w:before="176"/>
+                      <w:ind w:left="143"/>
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="20"/>
+                        <w:u w:val="single"/>
+                      </w:rPr>
+                      <w:t>Garantie</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="37"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="20"/>
+                        <w:u w:val="single"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="20"/>
+                        <w:u w:val="single"/>
+                      </w:rPr>
+                      <w:t>financière</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> :</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="56858065" w14:textId="5C85B6B1" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+                    <w:pPr>
+                      <w:spacing w:before="1" w:line="244" w:lineRule="auto"/>
+                      <w:ind w:left="143" w:right="260"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>GROUPAMA</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="1"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Assurance-crédit</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>&amp;</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Caution</w:t>
+                    </w:r>
+                    <w:r w:rsidR="006D6F9B">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:br/>
+                      <w:t>3, place Marcel Paul -</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-7"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>92000</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Nanterre</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="5A9B9422" w14:textId="78F607AF" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+                    <w:pPr>
+                      <w:spacing w:line="184" w:lineRule="exact"/>
+                      <w:ind w:left="143"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Tel</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="3"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>33(0)1</w:t>
+                    </w:r>
+                    <w:r w:rsidR="006D6F9B">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 79 96 63 40</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="1D8EB658" w14:textId="232996C8" w:rsidR="00914D31" w:rsidRPr="002A761F" w:rsidRDefault="00914D31" w:rsidP="00914D31">
+                    <w:pPr>
+                      <w:spacing w:line="201" w:lineRule="exact"/>
+                      <w:ind w:left="143"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Contrat</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="4"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>n°</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>4000716162</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A761F">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>/</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00D3053E">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="tight" anchorx="page" anchory="page"/>
+              <w10:anchorlock/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="0052606E">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A54119B" wp14:editId="5231164D">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>5362575</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>969010</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1504950" cy="609600"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="20925"/>
+              <wp:lineTo x="21327" y="20925"/>
+              <wp:lineTo x="21327" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="3" name="Image 3"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId4">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1403350" cy="423545"/>
+                    <a:ext cx="1504950" cy="609600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="5E49008E">
-[...5 lines deleted...]
-      <w:t xml:space="preserve">                        </w:t>
+    <w:r w:rsidR="00914D31">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="784DA456" wp14:editId="7C20D4A3">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>5394960</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>281940</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1461770" cy="443230"/>
+          <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1694359849" name="image1.jpeg" descr="Une image contenant texte, Police, Graphique, typographie&#10;&#10;Description générée automatiquement"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="image1.jpeg" descr="Une image contenant texte, Police, Graphique, typographie&#10;&#10;Description générée automatiquement"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId5" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1461770" cy="443230"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
-    <w:r w:rsidR="5E49008E" w:rsidRPr="002511DF">
-[...42 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07416E7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A30C6B7A"/>
     <w:lvl w:ilvl="0" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -14750,51 +13432,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D4A4A97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4DE0F2FA"/>
+    <w:tmpl w:val="84EA78CC"/>
     <w:lvl w:ilvl="0" w:tplc="A06A8BCE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1427" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="006FC0"/>
         <w:w w:val="102"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E18C7D40">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2343" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -15318,167 +14000,150 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB7203"/>
-    <w:rsid w:val="00063EE1"/>
-[...4 lines deleted...]
-    <w:rsid w:val="000D48F2"/>
+    <w:rsid w:val="00035D51"/>
+    <w:rsid w:val="0006256B"/>
+    <w:rsid w:val="000650C8"/>
+    <w:rsid w:val="000867A9"/>
+    <w:rsid w:val="000A7834"/>
+    <w:rsid w:val="000B318A"/>
+    <w:rsid w:val="000F2175"/>
+    <w:rsid w:val="0010033E"/>
     <w:rsid w:val="00127F81"/>
-    <w:rsid w:val="00153A22"/>
-[...4 lines deleted...]
-    <w:rsid w:val="002A5BB5"/>
+    <w:rsid w:val="00167474"/>
+    <w:rsid w:val="001C0684"/>
+    <w:rsid w:val="00272D59"/>
     <w:rsid w:val="002A761F"/>
-    <w:rsid w:val="00340925"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00780D8F"/>
+    <w:rsid w:val="00330CB8"/>
+    <w:rsid w:val="00341744"/>
+    <w:rsid w:val="003E5279"/>
+    <w:rsid w:val="00451FDD"/>
+    <w:rsid w:val="004A3DC7"/>
+    <w:rsid w:val="004B00EC"/>
+    <w:rsid w:val="0052606E"/>
+    <w:rsid w:val="00591C30"/>
+    <w:rsid w:val="005B27E6"/>
+    <w:rsid w:val="006118E9"/>
+    <w:rsid w:val="00695F38"/>
+    <w:rsid w:val="006D6F9B"/>
+    <w:rsid w:val="006F7CB6"/>
+    <w:rsid w:val="00724EAD"/>
+    <w:rsid w:val="007E0742"/>
     <w:rsid w:val="007E69C6"/>
-    <w:rsid w:val="007E740A"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00BA294B"/>
+    <w:rsid w:val="007F7154"/>
+    <w:rsid w:val="008C42B6"/>
+    <w:rsid w:val="00914D31"/>
+    <w:rsid w:val="009556E5"/>
+    <w:rsid w:val="0099155E"/>
+    <w:rsid w:val="009C467A"/>
+    <w:rsid w:val="00A0241E"/>
+    <w:rsid w:val="00A754C3"/>
+    <w:rsid w:val="00AB3FC2"/>
+    <w:rsid w:val="00AE6ECF"/>
+    <w:rsid w:val="00B843AB"/>
     <w:rsid w:val="00BB7203"/>
-    <w:rsid w:val="00BE5D72"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CF7BF9"/>
+    <w:rsid w:val="00C40151"/>
+    <w:rsid w:val="00CA186A"/>
     <w:rsid w:val="00D0473F"/>
-    <w:rsid w:val="00E35039"/>
-[...12 lines deleted...]
-    <w:rsid w:val="75FDAF65"/>
+    <w:rsid w:val="00D07BB1"/>
+    <w:rsid w:val="00D3053E"/>
+    <w:rsid w:val="00D671FE"/>
+    <w:rsid w:val="00D7666B"/>
+    <w:rsid w:val="00F345E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="10917FD2"/>
@@ -15871,51 +14536,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="268" w:lineRule="exact"/>
       <w:ind w:left="706"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single" w:color="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
@@ -15954,51 +14618,50 @@
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Corpsdetexte">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CorpsdetexteCar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TitreCar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="1547" w:right="1288"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="72"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:ind w:left="1427" w:hanging="362"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
@@ -16039,126 +14702,95 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D0473F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D0473F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007F1833"/>
+    <w:rsid w:val="006D6F9B"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007F1833"/>
+    <w:rsid w:val="006D6F9B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...14 lines deleted...]
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CorpsdetexteCar">
     <w:name w:val="Corps de texte Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Corpsdetexte"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00067DF0"/>
+    <w:rsid w:val="000867A9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="fr-FR"/>
-[...13 lines deleted...]
-      <w:szCs w:val="28"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1JoJkRJTdv0kk3-KkfbPbgXhaclSR74wH/view?usp=sharing" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1LejJk3ruYIpCTdxRy5zG-0SCg7-Op4cr/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1JoJkRJTdv0kk3-KkfbPbgXhaclSR74wH/view?usp=sharing" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1JyFfptcwYXIawFjyyfBzOMA_lGEg-thb/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1JyFfptcwYXIawFjyyfBzOMA_lGEg-thb/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fr.ffrandonnee@wtwco.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1zLyE2MXsnFcfSGsBAiqTEdDy6m2wiQXr/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fr.ffrandonnee@wtwco.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1zLyE2MXsnFcfSGsBAiqTEdDy6m2wiQXr/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1LejJk3ruYIpCTdxRy5zG-0SCg7-Op4cr/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1JyFfptcwYXIawFjyyfBzOMA_lGEg-thb/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1zLyE2MXsnFcfSGsBAiqTEdDy6m2wiQXr/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1JyFfptcwYXIawFjyyfBzOMA_lGEg-thb/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1zLyE2MXsnFcfSGsBAiqTEdDy6m2wiQXr/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1LejJk3ruYIpCTdxRy5zG-0SCg7-Op4cr/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1LejJk3ruYIpCTdxRy5zG-0SCg7-Op4cr/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1JoJkRJTdv0kk3-KkfbPbgXhaclSR74wH/view?usp=sharing" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1JoJkRJTdv0kk3-KkfbPbgXhaclSR74wH/view?usp=sharing" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fr.ffrandonnee@wtwco.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fr.ffrandonnee@wtwco.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16422,97 +15054,158 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-    <xsd:import namespace="d6101763-5217-4521-8db7-150e6bb5177e"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100946CB9CB6BBB2C4CA6D574587B7C3433" ma:contentTypeVersion="12" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="4b14d3efbf93ae58a9f72d53d4a004c6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a484525c-5c23-48e1-a87b-cf5ef585af2f" xmlns:ns3="d277573d-2333-4b60-8c24-cd1f197135d4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="013619d178595bcef4f584b96b4fe57a" ns2:_="" ns3:_="">
+    <xsd:import namespace="a484525c-5c23-48e1-a87b-cf5ef585af2f"/>
+    <xsd:import namespace="d277573d-2333-4b60-8c24-cd1f197135d4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d6101763-5217-4521-8db7-150e6bb5177e" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a484525c-5c23-48e1-a87b-cf5ef585af2f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="3c8e2499-d5c8-40a4-942c-f337ae3ecc8e" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d277573d-2333-4b60-8c24-cd1f197135d4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Partagé avec détails" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Type de contenu"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titre"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -16571,126 +15264,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a484525c-5c23-48e1-a87b-cf5ef585af2f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FD9BCFA-9713-4029-9E45-95B4ED0C6342}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92B44777-6799-44B3-9513-F9C0CFA9A24A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7B84D0E-1BC7-42D1-9BA5-37B193D129A9}">
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{087A7F35-3C88-4BD3-936E-1C2AC24C7E1B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97D6AE81-B4DB-4F6F-8A86-794ED6BDC7C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="d6101763-5217-4521-8db7-150e6bb5177e"/>
+    <ds:schemaRef ds:uri="a484525c-5c23-48e1-a87b-cf5ef585af2f"/>
+    <ds:schemaRef ds:uri="d277573d-2333-4b60-8c24-cd1f197135d4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{497F8809-E940-48FD-B87C-09C80687A209}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a484525c-5c23-48e1-a87b-cf5ef585af2f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1145</Words>
-  <Characters>6298</Characters>
+  <Words>1218</Words>
+  <Characters>6703</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7429</CharactersWithSpaces>
+  <CharactersWithSpaces>7906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Cecile LEGRAND</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-05-25T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>PDFium</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2023-05-26T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
-    <vt:lpwstr>0x01010038D907D29B51984E89DFCF1C1208C5E5</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:r8>40200</vt:r8>
+    <vt:lpwstr>0x010100946CB9CB6BBB2C4CA6D574587B7C3433</vt:lpwstr>
   </property>
 </Properties>
 </file>